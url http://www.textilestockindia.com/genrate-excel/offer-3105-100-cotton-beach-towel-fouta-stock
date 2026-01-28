--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -47,58 +47,54 @@
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer # 3105- 100% Cotton Beach Towel (Fouta) Stock</t>
   </si>
   <si>
-    <t>Exclusive Offer # 3105- 100% Cotton Beach Towel (Fouta) Stock  Available at Heavy Discounts_x000D_
-[...6 lines deleted...]
-    <t>Yarn Dyed</t>
+    <t>Exclusive Offer # 3105- 100% Cotton Beach Towel (Fouta) Stock Available at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available</t>
+  </si>
+  <si>
+    <t>Non Terry</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
     <t>90 x 180cm + 5cm  cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Tuticorin</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-3105-100-cotton-beach-towel-fouta-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>