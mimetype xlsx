--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -47,54 +47,59 @@
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer # 3045- Designer Cotton Bathmat Set Stock</t>
   </si>
   <si>
-    <t>Exclusive Offer # 3045- Designer Cotton Bathmat Set Stock Available at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available ⭐ Weight -1600-1700 GSM</t>
-[...2 lines deleted...]
-    <t>Antiskid</t>
+    <t>Exclusive Offer # 3045- Designer Cotton Bathmat Set Stock Available at Heavy Discounts_x000D_
+⭐Customized packing available_x000D_
+⭐No defect Guaranteed._x000D_
+⭐Fast and reliable shipping._x000D_
+⭐Third Party Inspection Available_x000D_
+⭐ Weight -1600-1700 GSM</t>
+  </si>
+  <si>
+    <t>Terry Bath mat</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
     <t>40X60  , 50X80  cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-3045-designer-cotton-bathmat-set-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>