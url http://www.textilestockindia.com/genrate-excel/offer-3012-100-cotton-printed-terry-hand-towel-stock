--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -47,70 +47,60 @@
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer# 3012 100% Cotton Printed Terry Hand Towel Stock</t>
   </si>
   <si>
-    <t>Exclusive Offer# 3012 100% Cotton Printed Terry Hand Towel Stock Available at Heavy Discounts_x000D_
-[...9 lines deleted...]
-Weight - 100-150 gram</t>
+    <t>Exclusive Offer# 3012 100% Cotton Printed Terry Hand Towel Stock Available at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available Available Size - 42X73 cm (16.8X29.2&amp;rdquo;) 40X70 cm (16X28&amp;rdquo;) 35X65 cm (14X26&amp;rdquo;) 44X73 cm (17.6X29.2&amp;rdquo;) 45X70 cm (18X28&amp;rdquo;) Weight - 100-150 gram</t>
   </si>
   <si>
     <t>Yarn Dyed</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
-    <t xml:space="preserve"> 40X70 cms</t>
+    <t>40X70 cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-3012-100-cotton-printed-terry-hand-towel-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>