--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -54,51 +54,51 @@
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer # 2966- Designer Jacquard Foutah Stock</t>
   </si>
   <si>
     <t>Exclusive Offer # 2966- Designer Jacquard Foutah Stock Available at Heavy Discounts_x000D_
 ⭐Customized packing available&amp;nbsp;_x000D_
 ⭐No defect Guaranteed._x000D_
 ⭐Fast and reliable shipping._x000D_
 ⭐Third Party Inspection Available</t>
   </si>
   <si>
-    <t>Beach Towels</t>
+    <t>Non Terry</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
     <t>100x175 cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-2966-designer-jacquard-foutah-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>