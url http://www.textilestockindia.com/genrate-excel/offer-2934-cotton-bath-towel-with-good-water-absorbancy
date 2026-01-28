--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -44,60 +44,54 @@
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
-    <t xml:space="preserve">Offer# 2934 cotton Bath Towel With Good water Absorbancy </t>
-[...8 lines deleted...]
-</t>
+    <t>Offer# 2934 cotton Bath Towel With Good water Absorbancy</t>
+  </si>
+  <si>
+    <t>Exclusive Offer# 2934 cotton Bath Towel With Good water Absorbancy Stock at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available ⭐ Weight - 480-500 gm</t>
   </si>
   <si>
     <t>Bath Towels</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
     <t>70x140 cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-2934-cotton-bath-towel-with-good-water-absorbancy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">