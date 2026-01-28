--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -47,62 +47,51 @@
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer # 2913- Cotton Jacquard Throws Stock</t>
   </si>
   <si>
-    <t xml:space="preserve">Exclusive Offer # 2913- Cotton Jacquard Throws Stock  Available at Heavy Discounts_x000D_
-[...10 lines deleted...]
-</t>
+    <t>Exclusive Offer # 2913- Cotton Jacquard Throws Stock Available at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available ⭐ Quantity - 5000 pcs in box packing ⭐ Weight - 750-800 gms per pc</t>
   </si>
   <si>
     <t>Throws</t>
   </si>
   <si>
     <t>Pink and Blue</t>
   </si>
   <si>
     <t>124 X152.4   cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-2913-cotton-jacquard-throws-stock-mkat</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">