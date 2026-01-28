--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -54,51 +54,51 @@
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer# 2775 Assorted Kitchen Towel Set Stock</t>
   </si>
   <si>
     <t>Exclusive Offer# 2775 Assorted Kitchen Towel Set Stock Available at Heavy Discounts_x000D_
 ⭐Customized packing available_x000D_
 ⭐No defect Guaranteed._x000D_
 ⭐Fast and reliable shipping._x000D_
 ⭐Third Party Inspection Available</t>
   </si>
   <si>
-    <t>Non Terry</t>
+    <t>Terry</t>
   </si>
   <si>
     <t>Assorted Checks/ Prints, Stripes/ Solids</t>
   </si>
   <si>
     <t>40 X 60  cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Tuticorin</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-2775-assorted-kitchen-towel-set-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>